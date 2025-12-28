--- v0 (2025-10-21)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="(SIPSA) DATOS PÚBLICOS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="254">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Ámbito territorial</t>
   </si>
   <si>
     <t>Municipio/Distrito</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Relación con la víctima</t>
   </si>
   <si>
     <t>Incidencia</t>
   </si>
   <si>
     <t>Número de expediente</t>
   </si>
   <si>
@@ -248,120 +248,72 @@
   <si>
     <t>INSCRIPCIÓN EN EL RNPS; ORDINARIA</t>
   </si>
   <si>
     <t>2026-06-16</t>
   </si>
   <si>
     <t>https://www.iepc-chiapas.net/sipsa/publicaciones/expedientes/mostrar/11_EXPEDIENTES.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">IEPC/PE/Q/DEOFICIO-VPRG/008/2022 </t>
   </si>
   <si>
     <t xml:space="preserve">POR REVICTIMIZAR A LA VÍCTIMA AL NO DAR EL DEBIDO CUMPLIMIENTO DE LA DISCULPA PÚBLICA </t>
   </si>
   <si>
     <t xml:space="preserve">GRAVE ESPECIAL </t>
   </si>
   <si>
     <t>2028-10-18</t>
   </si>
   <si>
     <t>https://www.iepc-chiapas.net/sipsa/publicaciones/expedientes/mostrar/18_EXPEDIENTES.pdf</t>
   </si>
   <si>
-    <t>DIANA VERENISSE ORANTESDORANTES</t>
+    <t>AMADOR MORENORUIZ</t>
   </si>
   <si>
     <t>122 EMILIANO ZAPATA</t>
   </si>
   <si>
-    <t>CANDIDATA A PRESIDENTA MUNICIPAL</t>
-[...13 lines deleted...]
-  <si>
     <t>NINGUNA</t>
   </si>
   <si>
-    <t>2025-12-09</t>
-[...10 lines deleted...]
-  <si>
     <t>IEPC/PE/VPRG/MERM/071/2021</t>
   </si>
   <si>
     <t>2022-11-18</t>
   </si>
   <si>
     <t>INTIMIDACIONES Y AMENAZAS CON ARMAS DE FUEGO CON EL OBJETO DE INDUCIR A LA VÍCTIMA A QUE RENUNCIARA A SU CANDIDATURA Y QUE LA CONTIENDA NO SE DESARROLLARA EN CONDICIONES DE IGUALDAD, ASÍ COMO EL INCUMPLIMIENTO DE LAS MEDIDAS DE REPARACIÓN DEL DAÑO</t>
   </si>
   <si>
     <t>2028-12-09</t>
   </si>
   <si>
     <t>https://www.iepc-chiapas.net/sipsa/publicaciones/expedientes/mostrar/20_EXPEDIENTES.pdf</t>
-  </si>
-[...19 lines deleted...]
-    <t>https://www.iepc-chiapas.net/sipsa/publicaciones/expedientes/mostrar/22_EXPEDIENTES.pdf</t>
   </si>
   <si>
     <t>MARCELA AVENDAÑOGALLEGOS</t>
   </si>
   <si>
     <t>016 CATAZAJÁ</t>
   </si>
   <si>
     <t>REGIDOR(A) MUNICIPAL</t>
   </si>
   <si>
     <t>IEPC/PE/Q/MFDN-VPRG/027/2022</t>
   </si>
   <si>
     <t>2022-11-07</t>
   </si>
   <si>
     <t>PUBLICACIÓN EN UNA PÁGINA DE FACEBOOK VINCULADA A LA DENUNCIADA EN LA QUE EXPRESA QUE EXISTE OBEDIENCIA Y SUMISIÓN DE QUIEN GOBIERNA CATAZAJÁ (VICTIMA), ANTE LOS INTERESES DE SU ESPOSO</t>
   </si>
   <si>
     <t>LEVE</t>
   </si>
   <si>
     <t>2029-04-13</t>
   </si>
@@ -1184,54 +1136,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q43"/>
+  <dimension ref="A1:Q41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="Q43" sqref="Q43"/>
+      <selection activeCell="Q41" sqref="Q41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="20" customWidth="true" style="0"/>
     <col min="15" max="15" width="20" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
@@ -1640,1898 +1592,1792 @@
       </c>
       <c r="L8" s="2" t="s">
         <v>75</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>76</v>
       </c>
       <c r="N8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="O8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q8" s="2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>79</v>
       </c>
       <c r="E9" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H9" s="2" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J9" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="K9" s="2" t="s">
+      <c r="L9" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="L9" s="2" t="s">
+      <c r="N9" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="O9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P9" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q9" s="2" t="s">
         <v>85</v>
-      </c>
-[...13 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H10" s="2" t="s">
         <v>89</v>
-      </c>
-[...19 lines deleted...]
-        <v>90</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J10" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="K10" s="2" t="s">
+      <c r="L10" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>93</v>
       </c>
       <c r="N10" s="2" t="s">
         <v>30</v>
       </c>
       <c r="O10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q10" s="2" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>96</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>65</v>
+        <v>101</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="N11" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O11" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P11" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q11" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12" s="2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>104</v>
+        <v>21</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>108</v>
+        <v>40</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>109</v>
       </c>
       <c r="N12" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P12" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q12" s="2" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>112</v>
+        <v>87</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>113</v>
+        <v>21</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H13" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="I13" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J13" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="K13" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="L13" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="M13" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="K13" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N13" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P13" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q13" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>121</v>
+        <v>87</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>22</v>
+        <v>119</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="I14" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J14" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="K14" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="L14" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="K14" s="2" t="s">
+      <c r="M14" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="L14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M14" s="2" t="s">
+      <c r="N14" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O14" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P14" s="2" t="s">
         <v>125</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
       <c r="Q14" s="2" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>103</v>
+        <v>128</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I15" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>40</v>
+        <v>132</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="N15" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O15" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P15" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q15" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>103</v>
+        <v>136</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>134</v>
+        <v>21</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>135</v>
+        <v>61</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I16" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>139</v>
+        <v>80</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>140</v>
       </c>
       <c r="N16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P16" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q16" s="2" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H17" s="2" t="s">
         <v>144</v>
-      </c>
-[...10 lines deleted...]
-        <v>145</v>
       </c>
       <c r="I17" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J17" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="K17" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="K17" s="2" t="s">
+      <c r="L17" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="M17" s="2" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="N17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P17" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q17" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>152</v>
+        <v>128</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="I18" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="J18" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="K18" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="L18" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="I18" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J18" s="2" t="s">
+      <c r="M18" s="2" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
       <c r="N18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P18" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q18" s="2" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>159</v>
+        <v>128</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>21</v>
+        <v>157</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>22</v>
+        <v>119</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H19" s="2" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="I19" s="2" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>40</v>
+        <v>153</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="N19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P19" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q19" s="2" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H20" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="I20" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J20" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="K20" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="L20" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="M20" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="N20" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O20" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P20" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="B20" s="2" t="s">
-[...17 lines deleted...]
-      <c r="H20" s="2" t="s">
+      <c r="Q20" s="2" t="s">
         <v>166</v>
-      </c>
-[...25 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>144</v>
+        <v>87</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>135</v>
+        <v>80</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="I21" s="2" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="K21" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="L21" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="M21" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="N21" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O21" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P21" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="L21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M21" s="2" t="s">
+      <c r="Q21" s="2" t="s">
         <v>170</v>
-      </c>
-[...10 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="2" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>103</v>
+        <v>172</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>176</v>
+        <v>97</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>85</v>
+        <v>22</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="I22" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="N22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P22" s="2" t="s">
-        <v>181</v>
+        <v>32</v>
       </c>
       <c r="Q22" s="2" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="2" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>103</v>
+        <v>179</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>184</v>
+        <v>21</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>85</v>
+        <v>22</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="I23" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="N23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P23" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q23" s="2" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="2" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>113</v>
+        <v>157</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>22</v>
+        <v>119</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="I24" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>40</v>
+        <v>153</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="N24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P24" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q24" s="2" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25" s="2" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>195</v>
+        <v>172</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>21</v>
+        <v>160</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="I25" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>40</v>
+        <v>193</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="N25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P25" s="2" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="Q25" s="2" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26" s="2" t="s">
-        <v>201</v>
+        <v>149</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>195</v>
+        <v>128</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>173</v>
+        <v>21</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>135</v>
+        <v>119</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>196</v>
       </c>
       <c r="I26" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>197</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>169</v>
+        <v>40</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="N26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P26" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q26" s="2" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>188</v>
+        <v>52</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>176</v>
+        <v>21</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="I27" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J27" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="K27" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="L27" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="M27" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="N27" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O27" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P27" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q27" s="2" t="s">
         <v>207</v>
-      </c>
-[...19 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" s="2" t="s">
-        <v>165</v>
+        <v>208</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>144</v>
+        <v>52</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>135</v>
+        <v>22</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="I28" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>40</v>
+        <v>210</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="N28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P28" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q28" s="2" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29" s="2" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>218</v>
+        <v>202</v>
       </c>
       <c r="I29" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="N29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P29" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q29" s="2" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30" s="2" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>113</v>
+        <v>88</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>218</v>
+        <v>202</v>
       </c>
       <c r="I30" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
       <c r="N30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P30" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q30" s="2" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31" s="2" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>104</v>
+        <v>88</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>218</v>
+        <v>202</v>
       </c>
       <c r="I31" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
       <c r="N31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P31" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q31" s="2" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32" s="2" t="s">
-        <v>231</v>
+        <v>219</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>104</v>
+        <v>88</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>218</v>
+        <v>202</v>
       </c>
       <c r="I32" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
       <c r="N32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P32" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q32" s="2" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33" s="2" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>104</v>
+        <v>88</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>218</v>
+        <v>202</v>
       </c>
       <c r="I33" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
       <c r="N33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P33" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q33" s="2" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34" s="2" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>104</v>
+        <v>225</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="I34" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="K34" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="L34" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="M34" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="N34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P34" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="L34" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="Q34" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35" s="2" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>104</v>
+        <v>168</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="I35" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>238</v>
+        <v>40</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="N35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P35" s="2" t="s">
-        <v>32</v>
+        <v>168</v>
       </c>
       <c r="Q35" s="2" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36" s="2" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>79</v>
+        <v>235</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>241</v>
+        <v>160</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="I36" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="N36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P36" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="Q36" s="2" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37" s="2" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>79</v>
+        <v>235</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>184</v>
+        <v>243</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="I37" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="N37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P37" s="2" t="s">
-        <v>184</v>
+        <v>243</v>
       </c>
       <c r="Q37" s="2" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38" s="2" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>252</v>
+        <v>236</v>
       </c>
       <c r="I38" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>254</v>
+        <v>238</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>226</v>
+        <v>40</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="N38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P38" s="2" t="s">
-        <v>256</v>
+        <v>168</v>
       </c>
       <c r="Q38" s="2" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39" s="2" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>252</v>
+        <v>236</v>
       </c>
       <c r="I39" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>254</v>
+        <v>238</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>260</v>
+        <v>244</v>
       </c>
       <c r="N39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P39" s="2" t="s">
-        <v>259</v>
+        <v>240</v>
       </c>
       <c r="Q39" s="2" t="s">
-        <v>261</v>
+        <v>249</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40" s="2" t="s">
-        <v>262</v>
+        <v>250</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>184</v>
+        <v>168</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>252</v>
+        <v>236</v>
       </c>
       <c r="I40" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>254</v>
+        <v>238</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>260</v>
+        <v>244</v>
       </c>
       <c r="N40" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O40" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P40" s="2" t="s">
-        <v>184</v>
+        <v>168</v>
       </c>
       <c r="Q40" s="2" t="s">
-        <v>263</v>
+        <v>251</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41" s="2" t="s">
-        <v>264</v>
+        <v>252</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>252</v>
+        <v>236</v>
       </c>
       <c r="I41" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>254</v>
+        <v>238</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>260</v>
+        <v>244</v>
       </c>
       <c r="N41" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O41" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P41" s="2" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
       <c r="Q41" s="2" t="s">
-        <v>265</v>
-[...30 lines deleted...]
-      <c r="J42" s="2" t="s">
         <v>253</v>
-      </c>
-[...72 lines deleted...]
-        <v>269</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">