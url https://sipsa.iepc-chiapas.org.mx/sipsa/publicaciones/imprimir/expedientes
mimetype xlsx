--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="(SIPSA) DATOS PÚBLICOS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Ámbito territorial</t>
   </si>
   <si>
     <t>Municipio/Distrito</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Relación con la víctima</t>
   </si>
   <si>
     <t>Incidencia</t>
   </si>
   <si>
     <t>Número de expediente</t>
   </si>
   <si>
@@ -143,138 +143,99 @@
   <si>
     <t>095 TEOPISCA</t>
   </si>
   <si>
     <t>IEPC/PE/GJMA/081/2021</t>
   </si>
   <si>
     <t>CONSEJO GENERAL DEL IEPC</t>
   </si>
   <si>
     <t>2021-11-10</t>
   </si>
   <si>
     <t>DIVERSAS ACCIONES CON EL OBJETO DE LIMITAR, ANULAR Y MENOSCABAR EL EJERCICIO DEL CARGO DE LA VÍCTIMA, ASÍ COMO EL LIBRE DESARROLLO DE LA FUNCIÓN PÚBLICA, TOMA DE DECISIONES, LIBERTAD DE ORGANIZACIÓN Y EL ACCESO Y EJERCICIO DEL SALARIO.</t>
   </si>
   <si>
     <t>NINGUNA; GRAVE</t>
   </si>
   <si>
     <t>2027-12-08</t>
   </si>
   <si>
     <t>https://www.iepc-chiapas.net/sipsa/publicaciones/expedientes/mostrar/7_EXPEDIENTES.pdf</t>
   </si>
   <si>
-    <t>MARIANO FRANCISCO SANCHEZHERNANDEZ</t>
-[...20 lines deleted...]
-    <t>https://www.iepc-chiapas.net/sipsa/publicaciones/expedientes/mostrar/8_EXPEDIENTES.pdf</t>
+    <t>ONEIDA ELIZETH PEREZSALAS</t>
+  </si>
+  <si>
+    <t>MUJER</t>
+  </si>
+  <si>
+    <t>119 CAPITÁN LUIS ÁNGEL VIDAL</t>
+  </si>
+  <si>
+    <t>JERARQUICA</t>
+  </si>
+  <si>
+    <t>IEPC/PE/Q/SRA-VPRG/015/2022</t>
+  </si>
+  <si>
+    <t>2022-05-18</t>
+  </si>
+  <si>
+    <t>NO SE LE PERMITIÓ TOMAR PROTESTA DEL CARGO A LA VÍCTIMA, SU SUELDO ES MENOR QUE EL RESTO DE LOS REGIDORES DEL AYUNTAMIENTO, NO SE LE CONVOCABA A LAS SESIONES DE CABILDO, NO TENÍA VOZ NI VOTO EN LA TOMA DE DECISIONES.</t>
+  </si>
+  <si>
+    <t>GRAVE ORDINARIA</t>
+  </si>
+  <si>
+    <t>2026-06-02</t>
+  </si>
+  <si>
+    <t>https://www.iepc-chiapas.net/sipsa/publicaciones/expedientes/mostrar/10_EXPEDIENTES.pdf</t>
+  </si>
+  <si>
+    <t>IEPC/PE/Q/LMPR/006/2021</t>
+  </si>
+  <si>
+    <t>AMENAZÓ, ACOSÓ, INTIMIDÓ E IMPIDIÓ QUE LAS VÍCTIMAS REALIZARAN LAS ACTIVIDADES QUE TENÍAN ASIGNADAS, NEGÁNDOLES LOS INSUMOS NECESARIOS, PARA PODER DESEMPEÑAR EL CARGO PÚBLICO QUE OSTENTABAN.</t>
+  </si>
+  <si>
+    <t>INSCRIPCIÓN EN EL RNPS; ORDINARIA</t>
+  </si>
+  <si>
+    <t>2026-06-16</t>
+  </si>
+  <si>
+    <t>https://www.iepc-chiapas.net/sipsa/publicaciones/expedientes/mostrar/11_EXPEDIENTES.pdf</t>
   </si>
   <si>
     <t>BANY OVED GUZMÁNRAMOS</t>
   </si>
   <si>
     <t>103 TUZANTÁN</t>
-  </si>
-[...58 lines deleted...]
-    <t>https://www.iepc-chiapas.net/sipsa/publicaciones/expedientes/mostrar/11_EXPEDIENTES.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">IEPC/PE/Q/DEOFICIO-VPRG/008/2022 </t>
   </si>
   <si>
     <t xml:space="preserve">POR REVICTIMIZAR A LA VÍCTIMA AL NO DAR EL DEBIDO CUMPLIMIENTO DE LA DISCULPA PÚBLICA </t>
   </si>
   <si>
     <t xml:space="preserve">GRAVE ESPECIAL </t>
   </si>
   <si>
     <t>2028-10-18</t>
   </si>
   <si>
     <t>https://www.iepc-chiapas.net/sipsa/publicaciones/expedientes/mostrar/18_EXPEDIENTES.pdf</t>
   </si>
   <si>
     <t>AMADOR MORENORUIZ</t>
   </si>
   <si>
     <t>122 EMILIANO ZAPATA</t>
   </si>
   <si>
     <t>NINGUNA</t>
   </si>
@@ -1136,54 +1097,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q41"/>
+  <dimension ref="A1:Q39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="Q41" sqref="Q41"/>
+      <selection activeCell="Q39" sqref="Q39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="20" customWidth="true" style="0"/>
     <col min="15" max="15" width="20" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
@@ -1327,2057 +1288,1951 @@
       </c>
       <c r="L3" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>41</v>
       </c>
       <c r="N3" s="2" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q3" s="2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="I4" s="2" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q4" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="2" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I5" s="2" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="J5" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="K5" s="2" t="s">
+      <c r="L5" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>56</v>
       </c>
       <c r="N5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q5" s="2" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B6" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H6" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="I6" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="G6" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="2" t="s">
+      <c r="L6" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="I6" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J6" s="2" t="s">
+      <c r="M6" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="K6" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N6" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q6" s="2" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="2" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>71</v>
       </c>
       <c r="N7" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q7" s="2" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="2" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="N8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="O8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q8" s="2" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="2" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="N9" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q9" s="2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>92</v>
+        <v>40</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="N10" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q10" s="2" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11" s="2" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>101</v>
+        <v>40</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>102</v>
       </c>
       <c r="N11" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="O11" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P11" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q11" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E12" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="E12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="2" t="s">
-        <v>22</v>
+        <v>106</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="N12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P12" s="2" t="s">
-        <v>32</v>
+        <v>112</v>
       </c>
       <c r="Q12" s="2" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>87</v>
+        <v>115</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H13" s="2" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="I13" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>40</v>
+        <v>119</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="N13" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P13" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q13" s="2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14" s="2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>119</v>
+        <v>46</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="I14" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>123</v>
+        <v>67</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="N14" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O14" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P14" s="2" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="Q14" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="I15" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N15" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O15" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P15" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q15" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>136</v>
+        <v>115</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>137</v>
       </c>
       <c r="I16" s="2" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>138</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>139</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>80</v>
+        <v>140</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="N16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P16" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q16" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>21</v>
+        <v>144</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>22</v>
+        <v>106</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H17" s="2" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="I17" s="2" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>40</v>
+        <v>140</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="N17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P17" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q17" s="2" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="I18" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="B18" s="2" t="s">
-[...17 lines deleted...]
-      <c r="H18" s="2" t="s">
+      <c r="K18" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="I18" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J18" s="2" t="s">
+      <c r="L18" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="M18" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="K18" s="2" t="s">
+      <c r="N18" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O18" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P18" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="L18" s="2" t="s">
+      <c r="Q18" s="2" t="s">
         <v>153</v>
-      </c>
-[...13 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>128</v>
+        <v>74</v>
       </c>
       <c r="E19" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="I19" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J19" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="K19" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="L19" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="M19" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O19" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P19" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="Q19" s="2" t="s">
         <v>157</v>
-      </c>
-[...34 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" s="2" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>87</v>
+        <v>159</v>
       </c>
       <c r="E20" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H20" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="F20" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H20" s="2" t="s">
+      <c r="I20" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J20" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="I20" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J20" s="2" t="s">
+      <c r="K20" s="2" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M20" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="N20" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O20" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P20" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q20" s="2" t="s">
         <v>164</v>
-      </c>
-[...10 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H21" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="B21" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E21" s="2" t="s">
+      <c r="I21" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J21" s="2" t="s">
         <v>168</v>
-      </c>
-[...13 lines deleted...]
-        <v>162</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>169</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="N21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P21" s="2" t="s">
-        <v>168</v>
+        <v>32</v>
       </c>
       <c r="Q21" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>97</v>
+        <v>144</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>22</v>
+        <v>106</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="I22" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J22" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="K22" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="I22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J22" s="2" t="s">
+      <c r="L22" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="M22" s="2" t="s">
         <v>174</v>
-      </c>
-[...7 lines deleted...]
-        <v>176</v>
       </c>
       <c r="N22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P22" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q22" s="2" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H23" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="I23" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J23" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="B23" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D23" s="2" t="s">
+      <c r="K23" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="E23" s="2" t="s">
-[...8 lines deleted...]
-      <c r="H23" s="2" t="s">
+      <c r="L23" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="I23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J23" s="2" t="s">
+      <c r="M23" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="K23" s="2" t="s">
+      <c r="N23" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O23" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P23" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q23" s="2" t="s">
         <v>182</v>
-      </c>
-[...16 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="I24" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J24" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="K24" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="B24" s="2" t="s">
-[...26 lines deleted...]
-      <c r="K24" s="2" t="s">
+      <c r="L24" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="M24" s="2" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
       <c r="N24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P24" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q24" s="2" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H25" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="B25" s="2" t="s">
-[...17 lines deleted...]
-      <c r="H25" s="2" t="s">
+      <c r="I25" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J25" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="I25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J25" s="2" t="s">
+      <c r="K25" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="K25" s="2" t="s">
+      <c r="L25" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="L25" s="2" t="s">
+      <c r="M25" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="M25" s="2" t="s">
+      <c r="N25" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O25" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P25" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q25" s="2" t="s">
         <v>194</v>
-      </c>
-[...10 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26" s="2" t="s">
-        <v>149</v>
+        <v>195</v>
       </c>
       <c r="B26" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C26" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="2" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>119</v>
+        <v>22</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H26" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="I26" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J26" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="K26" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="I26" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J26" s="2" t="s">
+      <c r="L26" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="K26" s="2" t="s">
+      <c r="M26" s="2" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
       <c r="N26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P26" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q26" s="2" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27" s="2" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B27" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C27" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="2" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="I27" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="N27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P27" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q27" s="2" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" s="2" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="I28" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="N28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P28" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q28" s="2" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29" s="2" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D29" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C29" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="2" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="I29" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="N29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P29" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q29" s="2" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30" s="2" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="I30" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="N30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P30" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q30" s="2" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31" s="2" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D31" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C31" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="2" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="I31" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="K31" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="L31" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="L31" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M31" s="2" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="N31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P31" s="2" t="s">
         <v>32</v>
       </c>
       <c r="Q31" s="2" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32" s="2" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>88</v>
+        <v>212</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="I32" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="N32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P32" s="2" t="s">
-        <v>32</v>
+        <v>212</v>
       </c>
       <c r="Q32" s="2" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33" s="2" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>88</v>
+        <v>155</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="I33" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>222</v>
+        <v>40</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="N33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P33" s="2" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="Q33" s="2" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34" s="2" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>79</v>
+        <v>222</v>
       </c>
       <c r="E34" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H34" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="I34" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J34" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="K34" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="F34" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H34" s="2" t="s">
+      <c r="L34" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="M34" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="I34" s="2" t="s">
-[...5 lines deleted...]
-      <c r="K34" s="2" t="s">
+      <c r="N34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P34" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="L34" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M34" s="2" t="s">
+      <c r="Q34" s="2" t="s">
         <v>228</v>
-      </c>
-[...10 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35" s="2" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>79</v>
+        <v>222</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>168</v>
+        <v>230</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="I35" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>203</v>
+        <v>224</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M35" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="N35" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="O35" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P35" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q35" s="2" t="s">
         <v>232</v>
-      </c>
-[...10 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36" s="2" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="I36" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>238</v>
+        <v>225</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>210</v>
+        <v>40</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="N36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P36" s="2" t="s">
-        <v>240</v>
+        <v>155</v>
       </c>
       <c r="Q36" s="2" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37" s="2" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="I37" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>238</v>
+        <v>225</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="N37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P37" s="2" t="s">
-        <v>243</v>
+        <v>227</v>
       </c>
       <c r="Q37" s="2" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38" s="2" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="I38" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>238</v>
+        <v>225</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="N38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P38" s="2" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="Q38" s="2" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39" s="2" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="I39" s="2" t="s">
         <v>37</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>238</v>
+        <v>225</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>40</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="N39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="O39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="P39" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q39" s="2" t="s">
         <v>240</v>
-      </c>
-[...107 lines deleted...]
-        <v>253</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">